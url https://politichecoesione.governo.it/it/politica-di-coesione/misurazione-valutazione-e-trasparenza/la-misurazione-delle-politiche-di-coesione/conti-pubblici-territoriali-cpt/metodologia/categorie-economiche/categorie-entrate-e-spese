--- v0 (2025-10-22)
+++ v1 (2026-02-11)
@@ -1,72 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10410"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4459E401-F1BF-1A49-ABE2-92581D5D1B16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E99CCB90-5AFD-41D2-BAA3-FD2CFAF4FC6C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="460" windowWidth="23040" windowHeight="12140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="EN_Categoria livello 5" sheetId="1" r:id="rId1"/>
-    <sheet name="SP_Categoria livello 5" sheetId="2" r:id="rId2"/>
+    <sheet name="Categoria Entrate" sheetId="1" r:id="rId1"/>
+    <sheet name="Categoria Spese" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'EN_Categoria livello 5'!$3:$3</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="1">'SP_Categoria livello 5'!$3:$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Categoria Entrate'!$3:$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'Categoria Spese'!$3:$3</definedName>
     <definedName name="UR">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="154">
   <si>
     <t>Le Categorie economiche delle Entrate</t>
   </si>
   <si>
     <t>Variabile</t>
   </si>
   <si>
     <t>Valore</t>
   </si>
   <si>
     <t>Descrizione del Valore</t>
   </si>
   <si>
     <t>Note</t>
   </si>
@@ -820,51 +819,51 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Titolo 3" xfId="1" builtinId="18"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
@@ -1435,52 +1434,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -1509,52 +1508,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -3063,52 +3062,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000020000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -3137,52 +3136,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000021000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -3803,52 +3802,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -3877,52 +3876,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -5135,52 +5134,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>33</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -5209,52 +5208,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>33</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -5431,52 +5430,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000040000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -5505,52 +5504,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000041000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -6319,52 +6318,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>42</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -6393,52 +6392,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>42</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -6911,52 +6910,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>46</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000054000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -6985,52 +6984,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>46</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000055000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -8243,52 +8242,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>56</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000066000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -8317,52 +8316,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>56</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000067000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -8391,52 +8390,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>57</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000068000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -8465,52 +8464,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>57</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000069000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -9131,52 +9130,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000072000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -9205,52 +9204,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000073000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -10759,52 +10758,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000088000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -10833,52 +10832,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000089000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -11499,52 +11498,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="146" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000092000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -11573,52 +11572,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="147" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000093000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -12831,52 +12830,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>33</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="164" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000A4000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -12905,52 +12904,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>33</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="165" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000A5000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -13127,52 +13126,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="168" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000A8000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -13201,52 +13200,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="169" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000A9000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -14015,52 +14014,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>42</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="180" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000B4000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -14089,52 +14088,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>42</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000B5000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -14607,52 +14606,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>46</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000BC000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -14681,52 +14680,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>46</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000BD000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -15939,52 +15938,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>56</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="206" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000CE000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -16013,52 +16012,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>56</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="207" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000CF000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -16087,52 +16086,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>57</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="208" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000D0000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -16161,52 +16160,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>57</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="209" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000D1000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -16827,52 +16826,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="218" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000DA000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -16901,52 +16900,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="219" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000DB000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -18455,52 +18454,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="240" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000F0000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -18529,52 +18528,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000F1000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -19195,52 +19194,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="250" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000FA000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -19269,52 +19268,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="251" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000FB000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -20527,52 +20526,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>33</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="268" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -20601,52 +20600,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>33</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="269" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000D010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -20823,52 +20822,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="272" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000010010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -20897,52 +20896,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="273" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000011010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -21711,52 +21710,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>42</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="284" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001C010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -21785,52 +21784,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>42</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="285" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001D010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -22303,52 +22302,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>46</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="292" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000024010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -22377,52 +22376,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>46</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="293" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000025010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -23635,52 +23634,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>56</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="310" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000036010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -23709,52 +23708,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>56</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="311" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000037010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -23783,52 +23782,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>57</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="312" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000038010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -23857,52 +23856,52 @@
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>57</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="313" name="Picture 1" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000039010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -46775,1469 +46774,1819 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D59"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A25" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C33" sqref="C33:C53"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="41.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="41.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="15.83203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="15.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37" style="2" customWidth="1"/>
     <col min="3" max="3" width="60" style="3" customWidth="1"/>
-    <col min="4" max="4" width="30.1640625" style="3" bestFit="1" customWidth="1"/>
-    <col min="5" max="16384" width="41.1640625" style="1"/>
+    <col min="4" max="4" width="30.1796875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="16384" width="41.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="17.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="26" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
     </row>
-    <row r="2" spans="1:4" ht="9.5" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:4" ht="9.65" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="9"/>
     </row>
-    <row r="5" spans="1:4" ht="128" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="9"/>
     </row>
-    <row r="6" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="9"/>
     </row>
-    <row r="7" spans="1:4" ht="64" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="9"/>
     </row>
-    <row r="8" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="9"/>
     </row>
-    <row r="9" spans="1:4" ht="64" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="9"/>
     </row>
-    <row r="10" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="9"/>
     </row>
-    <row r="11" spans="1:4" ht="64" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="9"/>
     </row>
-    <row r="12" spans="1:4" ht="64" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="9"/>
     </row>
-    <row r="13" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="9"/>
     </row>
-    <row r="14" spans="1:4" ht="29" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:4" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="27" t="s">
         <v>26</v>
       </c>
       <c r="D14" s="9"/>
     </row>
-    <row r="15" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="27"/>
       <c r="D15" s="9"/>
     </row>
-    <row r="16" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="27"/>
       <c r="D16" s="9"/>
     </row>
-    <row r="17" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="27"/>
       <c r="D17" s="9"/>
     </row>
-    <row r="18" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="27"/>
       <c r="D18" s="12" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="27"/>
       <c r="D19" s="9"/>
     </row>
-    <row r="20" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="27"/>
       <c r="D20" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="27"/>
       <c r="D21" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="27"/>
       <c r="D22" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="27"/>
       <c r="D23" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C24" s="27"/>
       <c r="D24" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B25" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="27"/>
       <c r="D25" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B26" s="13" t="s">
         <v>40</v>
       </c>
       <c r="C26" s="27"/>
       <c r="D26" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C27" s="27"/>
       <c r="D27" s="12" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="48" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C28" s="27"/>
       <c r="D28" s="12" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B29" s="13" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="27"/>
       <c r="D29" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="30" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B30" s="13" t="s">
         <v>44</v>
       </c>
       <c r="C30" s="27"/>
       <c r="D30" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="31" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B31" s="13" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="27"/>
       <c r="D31" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="32" spans="1:4" ht="80" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:4" ht="87" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>47</v>
       </c>
       <c r="D32" s="9"/>
     </row>
-    <row r="33" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>49</v>
       </c>
       <c r="D33" s="9"/>
     </row>
-    <row r="34" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A34" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="9"/>
       <c r="D34" s="9"/>
     </row>
-    <row r="35" spans="1:4" ht="48" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>52</v>
       </c>
       <c r="D35" s="9"/>
     </row>
-    <row r="36" spans="1:4" ht="29" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:4" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D36" s="9"/>
     </row>
-    <row r="37" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="27" t="s">
         <v>55</v>
       </c>
       <c r="D37" s="9"/>
     </row>
-    <row r="38" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A38" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="27"/>
       <c r="D38" s="9"/>
     </row>
-    <row r="39" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="27"/>
       <c r="D39" s="9"/>
     </row>
-    <row r="40" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A40" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="27"/>
       <c r="D40" s="12" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="41" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A41" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="27"/>
       <c r="D41" s="9"/>
     </row>
-    <row r="42" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A42" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>60</v>
       </c>
       <c r="C42" s="27"/>
       <c r="D42" s="9"/>
     </row>
-    <row r="43" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B43" s="13" t="s">
         <v>61</v>
       </c>
       <c r="C43" s="27"/>
       <c r="D43" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A44" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B44" s="13" t="s">
         <v>62</v>
       </c>
       <c r="C44" s="27"/>
       <c r="D44" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="45" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A45" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B45" s="13" t="s">
         <v>63</v>
       </c>
       <c r="C45" s="27"/>
       <c r="D45" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="46" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A46" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B46" s="13" t="s">
         <v>64</v>
       </c>
       <c r="C46" s="27"/>
       <c r="D46" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B47" s="13" t="s">
         <v>65</v>
       </c>
       <c r="C47" s="27"/>
       <c r="D47" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="48" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A48" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B48" s="13" t="s">
         <v>66</v>
       </c>
       <c r="C48" s="27"/>
       <c r="D48" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="49" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C49" s="27"/>
       <c r="D49" s="12" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="50" spans="1:4" ht="48" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A50" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>68</v>
       </c>
       <c r="C50" s="27"/>
       <c r="D50" s="12" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="51" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B51" s="13" t="s">
         <v>69</v>
       </c>
       <c r="C51" s="27"/>
       <c r="D51" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="52" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A52" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B52" s="13" t="s">
         <v>70</v>
       </c>
       <c r="C52" s="27"/>
       <c r="D52" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="53" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A53" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B53" s="13" t="s">
         <v>71</v>
       </c>
       <c r="C53" s="27"/>
       <c r="D53" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="54" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B54" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>73</v>
       </c>
       <c r="D54" s="14"/>
     </row>
-    <row r="55" spans="1:4" ht="64" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A55" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B55" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>75</v>
       </c>
       <c r="D55" s="9"/>
     </row>
-    <row r="56" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A56" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B56" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>77</v>
       </c>
       <c r="D56" s="9"/>
     </row>
-    <row r="57" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A57" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C57" s="9"/>
       <c r="D57" s="9"/>
     </row>
-    <row r="58" spans="1:4" ht="16" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A58" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B58" s="7" t="s">
         <v>79</v>
       </c>
       <c r="C58" s="9"/>
       <c r="D58" s="9"/>
     </row>
-    <row r="59" spans="1:4" ht="32" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A59" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B59" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>81</v>
       </c>
       <c r="D59" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="C14:C31"/>
     <mergeCell ref="C37:C53"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="69" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;A</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J53"/>
   <sheetViews>
-    <sheetView topLeftCell="A43" workbookViewId="0">
-      <selection activeCell="C33" sqref="C33:C53"/>
+    <sheetView topLeftCell="A29" workbookViewId="0">
+      <selection activeCell="C33" sqref="C33:C47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.1640625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.83203125" style="1"/>
+    <col min="1" max="1" width="20.1796875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.81640625" style="25" customWidth="1"/>
+    <col min="3" max="3" width="54.81640625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="20.81640625" style="3" customWidth="1"/>
+    <col min="5" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="17.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="28" t="s">
         <v>82</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
     </row>
-    <row r="2" spans="1:10" ht="9.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" ht="9.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="15"/>
     </row>
-    <row r="3" spans="1:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A3" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="80" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:10" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A4" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C4" s="20" t="s">
         <v>85</v>
       </c>
       <c r="D4" s="20"/>
       <c r="G4" s="21"/>
     </row>
-    <row r="5" spans="1:10" ht="96" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:10" ht="87" x14ac:dyDescent="0.35">
       <c r="A5" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>86</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>88</v>
       </c>
       <c r="G5" s="21"/>
     </row>
-    <row r="6" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:10" ht="58" x14ac:dyDescent="0.35">
       <c r="A6" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>89</v>
       </c>
       <c r="C6" s="20" t="s">
         <v>90</v>
       </c>
       <c r="D6" s="20" t="s">
         <v>91</v>
       </c>
       <c r="G6" s="21"/>
     </row>
-    <row r="7" spans="1:10" ht="64" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:10" ht="58" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>92</v>
       </c>
       <c r="C7" s="20" t="s">
         <v>93</v>
       </c>
       <c r="D7" s="20"/>
       <c r="G7" s="21"/>
       <c r="J7" s="20"/>
     </row>
-    <row r="8" spans="1:10" ht="80" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:10" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B8" s="23" t="s">
         <v>94</v>
       </c>
       <c r="C8" s="23" t="s">
         <v>95</v>
       </c>
       <c r="D8" s="23" t="s">
         <v>96</v>
       </c>
       <c r="G8" s="21"/>
     </row>
-    <row r="9" spans="1:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>97</v>
       </c>
       <c r="C9" s="29" t="s">
         <v>98</v>
       </c>
       <c r="D9" s="20"/>
       <c r="G9" s="21"/>
     </row>
-    <row r="10" spans="1:10" ht="29" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:10" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>99</v>
       </c>
       <c r="C10" s="30"/>
       <c r="D10" s="20"/>
       <c r="G10" s="21"/>
     </row>
-    <row r="11" spans="1:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>100</v>
       </c>
       <c r="C11" s="30"/>
       <c r="D11" s="20"/>
       <c r="G11" s="21"/>
     </row>
-    <row r="12" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>101</v>
       </c>
       <c r="C12" s="30"/>
       <c r="D12" s="23" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="21"/>
     </row>
-    <row r="13" spans="1:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>102</v>
       </c>
       <c r="C13" s="30"/>
       <c r="D13" s="20"/>
       <c r="G13" s="21"/>
     </row>
-    <row r="14" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A14" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B14" s="13" t="s">
         <v>103</v>
       </c>
       <c r="C14" s="30"/>
       <c r="D14" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G14" s="21"/>
     </row>
-    <row r="15" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A15" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>104</v>
       </c>
       <c r="C15" s="30"/>
       <c r="D15" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G15" s="21"/>
     </row>
-    <row r="16" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="30"/>
       <c r="D16" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G16" s="21"/>
     </row>
-    <row r="17" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B17" s="13" t="s">
         <v>106</v>
       </c>
       <c r="C17" s="30"/>
       <c r="D17" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G17" s="21"/>
     </row>
-    <row r="18" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A18" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>107</v>
       </c>
       <c r="C18" s="30"/>
       <c r="D18" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G18" s="21"/>
     </row>
-    <row r="19" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A19" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="30"/>
       <c r="D19" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G19" s="21"/>
     </row>
-    <row r="20" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A20" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="30"/>
       <c r="D20" s="23" t="s">
         <v>31</v>
       </c>
       <c r="G20" s="21"/>
     </row>
-    <row r="21" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A21" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C21" s="30"/>
       <c r="D21" s="23" t="s">
         <v>31</v>
       </c>
       <c r="G21" s="21"/>
     </row>
-    <row r="22" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A22" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>111</v>
       </c>
       <c r="C22" s="30"/>
       <c r="D22" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G22" s="21"/>
     </row>
-    <row r="23" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A23" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>112</v>
       </c>
       <c r="C23" s="30"/>
       <c r="D23" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G23" s="21"/>
     </row>
-    <row r="24" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A24" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>113</v>
       </c>
       <c r="C24" s="31"/>
       <c r="D24" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G24" s="21"/>
     </row>
-    <row r="25" spans="1:7" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:7" ht="74.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>114</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>115</v>
       </c>
       <c r="D25" s="20"/>
       <c r="G25" s="21"/>
     </row>
-    <row r="26" spans="1:7" ht="112" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:7" ht="116" x14ac:dyDescent="0.35">
       <c r="A26" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>116</v>
       </c>
       <c r="C26" s="20" t="s">
         <v>117</v>
       </c>
       <c r="D26" s="20"/>
       <c r="G26" s="21"/>
     </row>
-    <row r="27" spans="1:7" ht="48" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A27" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>118</v>
       </c>
       <c r="C27" s="20" t="s">
         <v>119</v>
       </c>
       <c r="D27" s="20"/>
       <c r="G27" s="21"/>
     </row>
-    <row r="28" spans="1:7" ht="16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A28" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>120</v>
       </c>
       <c r="C28" s="20"/>
       <c r="D28" s="20"/>
       <c r="G28" s="21"/>
     </row>
-    <row r="29" spans="1:7" ht="79.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:7" ht="79.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>121</v>
       </c>
       <c r="C29" s="20" t="s">
         <v>122</v>
       </c>
       <c r="D29" s="20"/>
       <c r="G29" s="21"/>
     </row>
-    <row r="30" spans="1:7" ht="128" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:7" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A30" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>123</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>124</v>
       </c>
       <c r="D30" s="20"/>
       <c r="G30" s="21"/>
     </row>
-    <row r="31" spans="1:7" ht="80" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:7" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A31" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>125</v>
       </c>
       <c r="C31" s="20" t="s">
         <v>126</v>
       </c>
       <c r="D31" s="20"/>
       <c r="G31" s="21"/>
     </row>
-    <row r="32" spans="1:7" ht="16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A32" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>127</v>
       </c>
       <c r="C32" s="24"/>
       <c r="D32" s="20"/>
       <c r="G32" s="21"/>
     </row>
-    <row r="33" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A33" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>128</v>
       </c>
       <c r="C33" s="32" t="s">
         <v>129</v>
       </c>
       <c r="D33" s="20"/>
       <c r="G33" s="21"/>
     </row>
-    <row r="34" spans="1:7" ht="16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>130</v>
       </c>
       <c r="C34" s="33"/>
       <c r="D34" s="20"/>
       <c r="G34" s="21"/>
     </row>
-    <row r="35" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A35" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B35" s="11" t="s">
         <v>131</v>
       </c>
       <c r="C35" s="33"/>
       <c r="D35" s="23" t="s">
         <v>31</v>
       </c>
       <c r="G35" s="21"/>
     </row>
-    <row r="36" spans="1:7" ht="16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>132</v>
       </c>
       <c r="C36" s="33"/>
       <c r="D36" s="20"/>
       <c r="G36" s="21"/>
     </row>
-    <row r="37" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A37" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="13" t="s">
         <v>133</v>
       </c>
       <c r="C37" s="33"/>
       <c r="D37" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G37" s="21"/>
     </row>
-    <row r="38" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C38" s="33"/>
       <c r="D38" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G38" s="21"/>
     </row>
-    <row r="39" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A39" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="13" t="s">
         <v>135</v>
       </c>
       <c r="C39" s="33"/>
       <c r="D39" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G39" s="21"/>
     </row>
-    <row r="40" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A40" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="13" t="s">
         <v>136</v>
       </c>
       <c r="C40" s="33"/>
       <c r="D40" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G40" s="21"/>
     </row>
-    <row r="41" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A41" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="13" t="s">
         <v>137</v>
       </c>
       <c r="C41" s="33"/>
       <c r="D41" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G41" s="21"/>
     </row>
-    <row r="42" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A42" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B42" s="13" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="33"/>
       <c r="D42" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G42" s="21"/>
     </row>
-    <row r="43" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A43" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B43" s="11" t="s">
         <v>139</v>
       </c>
       <c r="C43" s="33"/>
       <c r="D43" s="23" t="s">
         <v>31</v>
       </c>
       <c r="G43" s="21"/>
     </row>
-    <row r="44" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A44" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>140</v>
       </c>
       <c r="C44" s="33"/>
       <c r="D44" s="23" t="s">
         <v>31</v>
       </c>
       <c r="G44" s="21"/>
     </row>
-    <row r="45" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A45" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B45" s="13" t="s">
         <v>141</v>
       </c>
       <c r="C45" s="33"/>
       <c r="D45" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G45" s="21"/>
     </row>
-    <row r="46" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A46" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B46" s="13" t="s">
         <v>142</v>
       </c>
       <c r="C46" s="33"/>
       <c r="D46" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G46" s="21"/>
     </row>
-    <row r="47" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B47" s="13" t="s">
         <v>143</v>
       </c>
       <c r="C47" s="33"/>
       <c r="D47" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G47" s="21"/>
     </row>
-    <row r="48" spans="1:7" ht="96" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:7" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A48" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>144</v>
       </c>
       <c r="C48" s="20" t="s">
         <v>145</v>
       </c>
       <c r="D48" s="20"/>
       <c r="G48" s="21"/>
     </row>
-    <row r="49" spans="1:7" ht="64" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:7" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A49" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>146</v>
       </c>
       <c r="C49" s="20" t="s">
         <v>147</v>
       </c>
       <c r="D49" s="20"/>
       <c r="G49" s="21"/>
     </row>
-    <row r="50" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A50" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>148</v>
       </c>
       <c r="C50" s="20" t="s">
         <v>149</v>
       </c>
       <c r="D50" s="20"/>
       <c r="G50" s="21"/>
     </row>
-    <row r="51" spans="1:7" ht="16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A51" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>150</v>
       </c>
       <c r="C51" s="20"/>
       <c r="D51" s="20"/>
       <c r="G51" s="21"/>
     </row>
-    <row r="52" spans="1:7" ht="16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A52" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="7" t="s">
         <v>151</v>
       </c>
       <c r="C52" s="20"/>
       <c r="D52" s="20"/>
       <c r="G52" s="21"/>
     </row>
-    <row r="53" spans="1:7" ht="32" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A53" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B53" s="7" t="s">
         <v>152</v>
       </c>
       <c r="C53" s="20" t="s">
         <v>153</v>
       </c>
       <c r="D53" s="20"/>
       <c r="G53" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="C9:C24"/>
     <mergeCell ref="C33:C47"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;A</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Approver xmlns="b8e9ecd3-49dc-4355-a3de-944263e3bf65" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b8e9ecd3-49dc-4355-a3de-944263e3bf65">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3b0d13af-778a-4999-a53a-9a4892815d2e" xsi:nil="true"/>
+    <Statoconsenso xmlns="b8e9ecd3-49dc-4355-a3de-944263e3bf65" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E29FEADFC340DA40B2139D4BBB1A48D7" ma:contentTypeVersion="18" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="7a44703669255f712e1beee027e77f12">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b0d13af-778a-4999-a53a-9a4892815d2e" xmlns:ns3="b8e9ecd3-49dc-4355-a3de-944263e3bf65" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2105a220cec205ad8e175b6b8cfcb5cb" ns2:_="" ns3:_="">
+    <xsd:import namespace="3b0d13af-778a-4999-a53a-9a4892815d2e"/>
+    <xsd:import namespace="b8e9ecd3-49dc-4355-a3de-944263e3bf65"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:Approver" minOccurs="0"/>
+                <xsd:element ref="ns3:Statoconsenso" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b0d13af-778a-4999-a53a-9a4892815d2e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Condiviso con" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Condiviso con dettagli" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{65b5e922-2ced-489b-b0e7-19faa9dbb0ee}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3b0d13af-778a-4999-a53a-9a4892815d2e">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8e9ecd3-49dc-4355-a3de-944263e3bf65" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tag immagine" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="5cef147c-0240-47bf-9996-b7454b3232da" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Approver" ma:index="23" nillable="true" ma:displayName="Approver" ma:format="Dropdown" ma:internalName="Approver">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Statoconsenso" ma:index="24" nillable="true" ma:displayName="Stato consenso" ma:format="Dropdown" ma:internalName="Statoconsenso">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo di contenuto"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titolo"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03937311-C908-46EE-B27F-C9B5381BBB0A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b8e9ecd3-49dc-4355-a3de-944263e3bf65"/>
+    <ds:schemaRef ds:uri="3b0d13af-778a-4999-a53a-9a4892815d2e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D691E13-44DC-4382-A412-59D4F6D4A7C1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3b0d13af-778a-4999-a53a-9a4892815d2e"/>
+    <ds:schemaRef ds:uri="b8e9ecd3-49dc-4355-a3de-944263e3bf65"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C58FD5B2-15CD-4444-989C-7A4104D19808}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <TotalTime></TotalTime>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>EN_Categoria livello 5</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>'SP_Categoria livello 5'!Titoli_stampa</vt:lpstr>
+      <vt:lpstr>Categoria Entrate</vt:lpstr>
+      <vt:lpstr>Categoria Spese</vt:lpstr>
+      <vt:lpstr>'Categoria Entrate'!Titoli_stampa</vt:lpstr>
+      <vt:lpstr>'Categoria Spese'!Titoli_stampa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Ciocci Manuel</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100E29FEADFC340DA40B2139D4BBB1A48D7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>